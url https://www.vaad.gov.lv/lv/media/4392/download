--- v0 (2025-10-13)
+++ v1 (2025-12-25)
@@ -1,284 +1,314 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0863E3CD" w14:textId="036E70E0" w:rsidR="0032383E" w:rsidRPr="00984DF2" w:rsidRDefault="00385556" w:rsidP="00984DF2">
+    <w:p w14:paraId="0863E3CD" w14:textId="036E70E0" w:rsidR="0032383E" w:rsidRPr="00CE662E" w:rsidRDefault="00E5758A" w:rsidP="00984DF2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE662E">
         <w:rPr>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Apliecinājums</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="324B45A1" w14:textId="05F8B2BD" w:rsidR="000112DA" w:rsidRPr="0090155F" w:rsidRDefault="000112DA" w:rsidP="000112DA">
+    <w:p w14:paraId="324B45A1" w14:textId="05F8B2BD" w:rsidR="000112DA" w:rsidRPr="00CE662E" w:rsidRDefault="00E5758A" w:rsidP="000112DA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0090155F">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE662E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>par piekrišanu Valsts augu aizsardzības dienesta veikto pārbaužu rezultātu noformēšanai elektronisk</w:t>
       </w:r>
-      <w:r w:rsidR="004C6A54" w:rsidRPr="0090155F">
+      <w:r w:rsidR="004C6A54" w:rsidRPr="00CE662E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>aj</w:t>
       </w:r>
-      <w:r w:rsidRPr="0090155F">
+      <w:r w:rsidRPr="00CE662E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ā vidē, iepazīšanos ar pārbau</w:t>
       </w:r>
-      <w:r w:rsidR="001469B4" w:rsidRPr="0090155F">
+      <w:r w:rsidR="001469B4" w:rsidRPr="00CE662E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>žu</w:t>
       </w:r>
-      <w:r w:rsidRPr="0090155F">
+      <w:r w:rsidRPr="00CE662E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000C2425" w:rsidRPr="0090155F">
+      <w:r w:rsidR="000C2425" w:rsidRPr="00CE662E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rezultātu</w:t>
       </w:r>
-      <w:r w:rsidRPr="0090155F">
+      <w:r w:rsidRPr="00CE662E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> saturu un pārbaužu </w:t>
       </w:r>
-      <w:r w:rsidR="000C2425" w:rsidRPr="0090155F">
+      <w:r w:rsidR="000C2425" w:rsidRPr="00CE662E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rezultātu</w:t>
       </w:r>
-      <w:r w:rsidRPr="0090155F">
+      <w:r w:rsidRPr="00CE662E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> saņemšanas veidu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="034A2F66" w14:textId="77777777" w:rsidR="000112DA" w:rsidRPr="000112DA" w:rsidRDefault="000112DA" w:rsidP="000112DA">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63587251" w14:textId="77777777" w:rsidR="00015CF3" w:rsidRPr="00397EAB" w:rsidRDefault="00015CF3" w:rsidP="00984DF2">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...73 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3544"/>
         <w:gridCol w:w="5528"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D76FA1" w14:paraId="654BCC97" w14:textId="77777777" w:rsidTr="00D76FA1">
+      <w:tr w:rsidR="00CF5300" w14:paraId="76751B13" w14:textId="77777777" w:rsidTr="00CE662E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E66F2BB" w14:textId="10611133" w:rsidR="00D76FA1" w:rsidRDefault="00D76FA1" w:rsidP="00984DF2">
+          <w:p w14:paraId="532668C3" w14:textId="3588B160" w:rsidR="00984DF2" w:rsidRPr="00984DF2" w:rsidRDefault="00E5758A" w:rsidP="00984DF2">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">fiziskas personas </w:t>
+              <w:t>Juridiskas personas</w:t>
+            </w:r>
+            <w:r w:rsidR="00D76FA1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> n</w:t>
+            </w:r>
+            <w:r w:rsidR="00B0775A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>osaukums</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="038DEACB" w14:textId="108CA89F" w:rsidR="00984DF2" w:rsidRPr="00D91C40" w:rsidRDefault="00984DF2" w:rsidP="00984DF2">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="077CB1E9" w14:textId="77777777" w:rsidR="005D5646" w:rsidRDefault="005D5646">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9072"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CF5300" w14:paraId="77A42B39" w14:textId="77777777" w:rsidTr="00410B37">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49C0770E" w14:textId="77777777" w:rsidR="00CE662E" w:rsidRPr="00D91C40" w:rsidRDefault="00CE662E" w:rsidP="00410B37">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="701B336C" w14:textId="77777777" w:rsidR="00CE662E" w:rsidRPr="006C6608" w:rsidRDefault="00CE662E" w:rsidP="00CE662E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="5528"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CF5300" w14:paraId="654BCC97" w14:textId="77777777" w:rsidTr="00D76FA1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E66F2BB" w14:textId="25D9F495" w:rsidR="00D76FA1" w:rsidRDefault="00E5758A" w:rsidP="00984DF2">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">iziskas personas </w:t>
             </w:r>
             <w:r w:rsidR="00603B65">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>v</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">ārds </w:t>
             </w:r>
             <w:r w:rsidR="00603B65">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>zvārds</w:t>
             </w:r>
@@ -298,62 +328,62 @@
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="27F4B917" w14:textId="15F3391F" w:rsidR="00984DF2" w:rsidRPr="006C6608" w:rsidRDefault="00984DF2" w:rsidP="00984DF2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3544"/>
         <w:gridCol w:w="5528"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0070307E" w14:paraId="38DF9C1B" w14:textId="77777777" w:rsidTr="000112DA">
+      <w:tr w:rsidR="00CF5300" w14:paraId="38DF9C1B" w14:textId="77777777" w:rsidTr="000112DA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FED386E" w14:textId="6214578F" w:rsidR="0070307E" w:rsidRPr="00984DF2" w:rsidRDefault="0070307E" w:rsidP="00C40BE3">
+          <w:p w14:paraId="0FED386E" w14:textId="6214578F" w:rsidR="0070307E" w:rsidRPr="00984DF2" w:rsidRDefault="00E5758A" w:rsidP="00C40BE3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reģistrācijas Nr.</w:t>
             </w:r>
             <w:r w:rsidR="000112DA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>/personas kods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -376,56 +406,56 @@
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4395"/>
         <w:gridCol w:w="4677"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00984DF2" w14:paraId="27A43FE3" w14:textId="77777777" w:rsidTr="00D76FA1">
+      <w:tr w:rsidR="00CF5300" w14:paraId="27A43FE3" w14:textId="77777777" w:rsidTr="00D76FA1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FE4C8DD" w14:textId="7ED35385" w:rsidR="00984DF2" w:rsidRPr="00984DF2" w:rsidRDefault="00B0775A" w:rsidP="00EE6B56">
+          <w:p w14:paraId="4FE4C8DD" w14:textId="7ED35385" w:rsidR="00984DF2" w:rsidRPr="00984DF2" w:rsidRDefault="00E5758A" w:rsidP="00EE6B56">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Juridiskā</w:t>
             </w:r>
             <w:r w:rsidR="000112DA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>/deklarētās dzīvesvietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -444,99 +474,99 @@
     <w:p w14:paraId="6333A02F" w14:textId="77777777" w:rsidR="00984DF2" w:rsidRPr="006C6608" w:rsidRDefault="00984DF2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9072"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00984DF2" w14:paraId="48CD1571" w14:textId="77777777" w:rsidTr="00984DF2">
+      <w:tr w:rsidR="00CF5300" w14:paraId="48CD1571" w14:textId="77777777" w:rsidTr="00984DF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4E95182B" w14:textId="2F2A9949" w:rsidR="00984DF2" w:rsidRPr="00D91C40" w:rsidRDefault="00984DF2" w:rsidP="00EE6B56">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7EBC787F" w14:textId="77777777" w:rsidR="00984DF2" w:rsidRPr="006C6608" w:rsidRDefault="00984DF2" w:rsidP="00984DF2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2128"/>
         <w:gridCol w:w="3968"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0070307E" w14:paraId="640A60EB" w14:textId="77777777" w:rsidTr="0070307E">
+      <w:tr w:rsidR="00CF5300" w14:paraId="640A60EB" w14:textId="77777777" w:rsidTr="0070307E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A15D63D" w14:textId="77777777" w:rsidR="0070307E" w:rsidRPr="00984DF2" w:rsidRDefault="0070307E" w:rsidP="00C40BE3">
+          <w:p w14:paraId="0A15D63D" w14:textId="77777777" w:rsidR="0070307E" w:rsidRPr="00984DF2" w:rsidRDefault="00E5758A" w:rsidP="00C40BE3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Tālruņa numurs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="02C8950A" w14:textId="4BFB63A2" w:rsidR="0070307E" w:rsidRPr="00D91C40" w:rsidRDefault="0070307E" w:rsidP="00C40BE3">
             <w:pPr>
@@ -553,56 +583,56 @@
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="7229"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00700C0C" w14:paraId="3EE09450" w14:textId="7ED5AAA3" w:rsidTr="008C18C0">
+      <w:tr w:rsidR="00CF5300" w14:paraId="3EE09450" w14:textId="7ED5AAA3" w:rsidTr="008C18C0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47E9F6A4" w14:textId="77777777" w:rsidR="00700C0C" w:rsidRPr="00984DF2" w:rsidRDefault="00700C0C" w:rsidP="00EE6B56">
+          <w:p w14:paraId="47E9F6A4" w14:textId="77777777" w:rsidR="00700C0C" w:rsidRPr="00984DF2" w:rsidRDefault="00E5758A" w:rsidP="00EE6B56">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>E-pasta adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="660027EC" w14:textId="01748955" w:rsidR="00700C0C" w:rsidRPr="00D91C40" w:rsidRDefault="00700C0C" w:rsidP="00EE6B56">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -617,1140 +647,1157 @@
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1281"/>
         <w:gridCol w:w="7791"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00700C0C" w14:paraId="4023CC74" w14:textId="77777777" w:rsidTr="00700C0C">
+      <w:tr w:rsidR="00CF5300" w14:paraId="4023CC74" w14:textId="77777777" w:rsidTr="00700C0C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1281" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74452EE8" w14:textId="67054735" w:rsidR="00700C0C" w:rsidRPr="00700C0C" w:rsidRDefault="00700C0C" w:rsidP="00794EEE">
+          <w:p w14:paraId="74452EE8" w14:textId="67054735" w:rsidR="00700C0C" w:rsidRPr="00700C0C" w:rsidRDefault="00E5758A" w:rsidP="00794EEE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00700C0C">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>ārstāv</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>is</w:t>
             </w:r>
             <w:r w:rsidRPr="00700C0C">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7791" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1D256F19" w14:textId="77777777" w:rsidR="00700C0C" w:rsidRPr="00D91C40" w:rsidRDefault="00700C0C" w:rsidP="00794EEE">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700C0C" w14:paraId="4181A20C" w14:textId="77777777" w:rsidTr="00700C0C">
+      <w:tr w:rsidR="00CF5300" w14:paraId="4181A20C" w14:textId="77777777" w:rsidTr="00700C0C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1281" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="386744B9" w14:textId="77777777" w:rsidR="00700C0C" w:rsidRDefault="00700C0C" w:rsidP="00794EEE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CC44B17" w14:textId="77777777" w:rsidR="00700C0C" w:rsidRPr="00D76FA1" w:rsidRDefault="00700C0C" w:rsidP="00794EEE">
+          <w:p w14:paraId="6CC44B17" w14:textId="77777777" w:rsidR="00700C0C" w:rsidRPr="00D76FA1" w:rsidRDefault="00E5758A" w:rsidP="00794EEE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76FA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(amats, vārds, uzvārds)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3ADB5B70" w14:textId="77777777" w:rsidR="00700C0C" w:rsidRPr="006C6608" w:rsidRDefault="00700C0C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2273"/>
         <w:gridCol w:w="6799"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D76FA1" w14:paraId="61F62704" w14:textId="77777777" w:rsidTr="00700C0C">
+      <w:tr w:rsidR="00CF5300" w14:paraId="61F62704" w14:textId="77777777" w:rsidTr="00700C0C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2273" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E137152" w14:textId="67C4EB7A" w:rsidR="00D76FA1" w:rsidRPr="00700C0C" w:rsidRDefault="00700C0C" w:rsidP="00792034">
+          <w:p w14:paraId="0E137152" w14:textId="67C4EB7A" w:rsidR="00D76FA1" w:rsidRPr="00700C0C" w:rsidRDefault="00E5758A" w:rsidP="00792034">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00700C0C">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Pārstāvības pamats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6799" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1AEF1B47" w14:textId="77777777" w:rsidR="00D76FA1" w:rsidRPr="00D91C40" w:rsidRDefault="00D76FA1" w:rsidP="00792034">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D76FA1" w14:paraId="0EE1CFFD" w14:textId="77777777" w:rsidTr="00700C0C">
+      <w:tr w:rsidR="00CF5300" w14:paraId="0EE1CFFD" w14:textId="77777777" w:rsidTr="00700C0C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2273" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E16CADF" w14:textId="77777777" w:rsidR="00D76FA1" w:rsidRDefault="00D76FA1" w:rsidP="00792034">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6799" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B719159" w14:textId="48499887" w:rsidR="00D76FA1" w:rsidRPr="00D76FA1" w:rsidRDefault="00D76FA1" w:rsidP="00D76FA1">
+          <w:p w14:paraId="3B719159" w14:textId="48499887" w:rsidR="00D76FA1" w:rsidRPr="00D76FA1" w:rsidRDefault="00E5758A" w:rsidP="00D76FA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D76FA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(statūti, pilnvara u.</w:t>
             </w:r>
             <w:r w:rsidR="00984BBF">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D76FA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4EC17508" w14:textId="77777777" w:rsidR="001469B4" w:rsidRDefault="001469B4" w:rsidP="001469B4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64B29FD9" w14:textId="0011B7A3" w:rsidR="00080BCF" w:rsidRPr="00CB408E" w:rsidRDefault="001469B4" w:rsidP="00D91C40">
+    <w:p w14:paraId="64B29FD9" w14:textId="0011B7A3" w:rsidR="00080BCF" w:rsidRPr="00F56E81" w:rsidRDefault="00E5758A" w:rsidP="00D91C40">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...15 lines deleted...]
-        <w:t>apliecinu, ka:</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ar savu parakstu apliecinu, ka:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33AB2412" w14:textId="50B02A58" w:rsidR="00080BCF" w:rsidRPr="00CB408E" w:rsidRDefault="00080BCF" w:rsidP="00132D39">
+    <w:p w14:paraId="33AB2412" w14:textId="50B02A58" w:rsidR="00080BCF" w:rsidRPr="00F56E81" w:rsidRDefault="00E5758A" w:rsidP="00132D39">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>sniegtā informācija ir patiesa;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="115563B7" w14:textId="77777777" w:rsidR="00BE2B08" w:rsidRPr="00CB408E" w:rsidRDefault="00BE2B08" w:rsidP="00BE2B08">
-[...3 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="05057AFE" w14:textId="77777777" w:rsidR="00853291" w:rsidRPr="00853291" w:rsidRDefault="00853291" w:rsidP="00853291">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4338EA9D" w14:textId="2455627C" w:rsidR="002B0EB0" w:rsidRPr="00CB408E" w:rsidRDefault="002B0EB0" w:rsidP="00132D39">
+    <w:p w14:paraId="5F9B09CA" w14:textId="792918A8" w:rsidR="00F56E81" w:rsidRDefault="00E5758A" w:rsidP="00F56E81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>piekrītu, ka Valsts augu aizsardzības dienests normatīvajos aktos noteikto un veikto pārbaužu rezultātus (aktus) noformē elektronisk</w:t>
       </w:r>
-      <w:r w:rsidR="00680C45">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00680C45" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>aj</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ā vidē</w:t>
       </w:r>
-      <w:r w:rsidR="004023F5" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="004023F5" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00307F7B" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00307F7B" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ja </w:t>
       </w:r>
-      <w:r w:rsidR="000278CA" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="000278CA" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">attiecīgajam pārbaudes veidam </w:t>
       </w:r>
-      <w:r w:rsidR="00307F7B" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00307F7B" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>elektronisk</w:t>
       </w:r>
-      <w:r w:rsidR="00680C45">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00680C45" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>aj</w:t>
       </w:r>
-      <w:r w:rsidR="00307F7B" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00307F7B" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>ā vidē ir izstrādāta un pieejama lietotne pārbaudes rezultāt</w:t>
       </w:r>
-      <w:r w:rsidR="008014BD" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="008014BD" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>a (akta)</w:t>
       </w:r>
-      <w:r w:rsidR="00307F7B" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00307F7B" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> noformēšanai</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EF3D885" w14:textId="77777777" w:rsidR="00BE2B08" w:rsidRPr="00CB408E" w:rsidRDefault="00BE2B08" w:rsidP="00BE2B08">
+    <w:p w14:paraId="003F7BC3" w14:textId="77777777" w:rsidR="00853291" w:rsidRPr="00853291" w:rsidRDefault="00853291" w:rsidP="00853291">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14F3C825" w14:textId="48B75EAC" w:rsidR="001469B4" w:rsidRPr="00CB408E" w:rsidRDefault="001469B4" w:rsidP="00132D39">
+    <w:p w14:paraId="14F3C825" w14:textId="7E3B8013" w:rsidR="001469B4" w:rsidRPr="00F56E81" w:rsidRDefault="00E5758A" w:rsidP="00132D39">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">piekrītu ar pārbaužu </w:t>
       </w:r>
-      <w:r w:rsidR="000C2425" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="000C2425" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>rezultātu (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>aktu</w:t>
       </w:r>
-      <w:r w:rsidR="000C2425" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="000C2425" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> saturu iepazīties elektronisk</w:t>
       </w:r>
-      <w:r w:rsidR="00680C45">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00680C45" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>aj</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ā vidē (elektroniskās ierīces ekrānā) uzreiz pēc tam, kad pabeigta pārbau</w:t>
       </w:r>
-      <w:r w:rsidR="006C6608" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="006C6608" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>des</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> akt</w:t>
       </w:r>
-      <w:r w:rsidR="006C6608" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="006C6608" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> noformēšana;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B004A7D" w14:textId="77777777" w:rsidR="00BE2B08" w:rsidRPr="00CB408E" w:rsidRDefault="00BE2B08" w:rsidP="00BE2B08">
+    <w:p w14:paraId="1B004A7D" w14:textId="77777777" w:rsidR="00BE2B08" w:rsidRPr="00F56E81" w:rsidRDefault="00BE2B08" w:rsidP="00BE2B08">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60F941F1" w14:textId="78C178DF" w:rsidR="00CB408E" w:rsidRPr="00CB408E" w:rsidRDefault="006C6608" w:rsidP="00CB408E">
+    <w:p w14:paraId="60F941F1" w14:textId="78C178DF" w:rsidR="00CB408E" w:rsidRPr="00F56E81" w:rsidRDefault="00E5758A" w:rsidP="00CB408E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">piekrītu pārbaužu </w:t>
       </w:r>
-      <w:r w:rsidR="000C2425" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="000C2425" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>rezultātus (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>aktus</w:t>
       </w:r>
-      <w:r w:rsidR="000C2425" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="000C2425" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> saņemt </w:t>
       </w:r>
-      <w:r w:rsidR="00B947B6" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00B947B6" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">elektroniski </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">uz </w:t>
       </w:r>
-      <w:r w:rsidR="00DE2BEF" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00DE2BEF" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>šajā A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pliecinājumā norādīto</w:t>
       </w:r>
-      <w:r w:rsidR="002B0EB0" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="002B0EB0" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002B0EB0" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="002B0EB0" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e-pasta adresi saskaņā ar Paziņošanas likuma 9. panta otro daļu</w:t>
       </w:r>
-      <w:r w:rsidR="00B947B6" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00B947B6" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, neizmantojot drošu elektronisko parakstu</w:t>
       </w:r>
-      <w:r w:rsidR="00132D39" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00132D39" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00132D39" w:rsidRPr="00CB408E">
+      <w:r w:rsidR="00132D39" w:rsidRPr="00F56E81">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>izņemot</w:t>
       </w:r>
-      <w:r w:rsidR="00132D39" w:rsidRPr="00CB408E">
+      <w:r w:rsidR="00132D39" w:rsidRPr="00F56E81">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> pārbaudes fitosanitāro sertifikātu saņemšanai</w:t>
       </w:r>
-      <w:r w:rsidR="00132D39" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00132D39" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3146FA60" w14:textId="77777777" w:rsidR="00CB408E" w:rsidRPr="00CB408E" w:rsidRDefault="00CB408E" w:rsidP="00CB408E">
+    <w:p w14:paraId="3146FA60" w14:textId="77777777" w:rsidR="00CB408E" w:rsidRPr="00F56E81" w:rsidRDefault="00CB408E" w:rsidP="00CB408E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="357"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27070159" w14:textId="43934CC4" w:rsidR="00CB408E" w:rsidRPr="00F55024" w:rsidRDefault="00CB408E" w:rsidP="00132D39">
+    <w:p w14:paraId="77D57DF4" w14:textId="26F7F0A0" w:rsidR="00132D39" w:rsidRDefault="00E5758A" w:rsidP="00132D39">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">piekrītu ar pārbaužu rezultātiem (aktiem) iepazīties Valsts augu aizsardzības dienesta Kultūraugu uzraudzības valsts informācijas sistēmas publiskā lietotāja sistēmā </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00132D39" w:rsidRPr="00F56E81">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>https://klients.vaad.gov.lv</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>tikai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...48 lines deleted...]
-        <w:t>Apliecinājumā norādītā e-pasta adrese;</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārbaudēm fitosanitāro sertifikātu saņemšanai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F8D88DA" w14:textId="77777777" w:rsidR="00BE2B08" w:rsidRPr="00CB408E" w:rsidRDefault="00BE2B08" w:rsidP="00BE2B08">
+    <w:p w14:paraId="63BCF695" w14:textId="77777777" w:rsidR="00853291" w:rsidRPr="00853291" w:rsidRDefault="00853291" w:rsidP="00853291">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77D57DF4" w14:textId="26F7F0A0" w:rsidR="00132D39" w:rsidRPr="00CB408E" w:rsidRDefault="00132D39" w:rsidP="00132D39">
+    <w:p w14:paraId="3DDE0DD5" w14:textId="77777777" w:rsidR="00853291" w:rsidRPr="0029157F" w:rsidRDefault="00E5758A" w:rsidP="00853291">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...60 lines deleted...]
-        <w:t>);</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029157F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>piekrītu, ka Valsts augu aizsardzības dienests attālināto pārbaužu veikšanai izmanto Lauksaimniecībā izmantojamās zemes pārvaldības sistēmā ievadīto informāciju;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10D6F176" w14:textId="77777777" w:rsidR="00BE2B08" w:rsidRPr="00CB408E" w:rsidRDefault="00BE2B08" w:rsidP="00BE2B08">
+    <w:p w14:paraId="10D6F176" w14:textId="77777777" w:rsidR="00BE2B08" w:rsidRPr="00F56E81" w:rsidRDefault="00BE2B08" w:rsidP="00BE2B08">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A7E57CC" w14:textId="41DD9ABB" w:rsidR="00FC0453" w:rsidRPr="00CB408E" w:rsidRDefault="001469B4" w:rsidP="00132D39">
+    <w:p w14:paraId="323BA9D4" w14:textId="5312DAE7" w:rsidR="00F56E81" w:rsidRPr="00F56E81" w:rsidRDefault="00E5758A" w:rsidP="00F56E81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apņemos nekavējoties informēt Valsts augu aizsardzības dienestu, ja mainās šajā Apliecinājumā norādītā </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6870">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e-pasta adrese;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="304B786D" w14:textId="77777777" w:rsidR="00F56E81" w:rsidRPr="00F56E81" w:rsidRDefault="00F56E81" w:rsidP="00F56E81">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A7E57CC" w14:textId="41DD9ABB" w:rsidR="00FC0453" w:rsidRPr="00F56E81" w:rsidRDefault="00E5758A" w:rsidP="00132D39">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00527ADB" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00527ADB" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">tļauju </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Valsts augu aizsardzības dienestam</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00527ADB" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> kā sistēmas pārzinim, fizisko personu datu saņēmējam un fizisko personu datu operatoram apstrādāt </w:t>
       </w:r>
-      <w:r w:rsidR="00404A1C">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00404A1C" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>manus</w:t>
       </w:r>
-      <w:r w:rsidR="000363D0" w:rsidRPr="00CB408E">
+      <w:r w:rsidR="000363D0" w:rsidRPr="00F56E81">
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00527ADB" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00527ADB" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>datus saskaņā ar Eiropas Parlamenta un Padomes Regulu 2016/679 (2016. gada 27. aprīlis) par fizisku personu aizsardzību attiecībā uz personas datu apstrādi un šādu datu brīvu apriti un ar ko atceļ Direktīvu 95/46/EK</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="005F33D4" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk36109779"/>
-      <w:r w:rsidR="005F33D4" w:rsidRPr="00CB408E">
+      <w:r w:rsidR="005F33D4" w:rsidRPr="00F56E81">
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>tajā skaitā v</w:t>
       </w:r>
-      <w:r w:rsidR="005F33D4" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="005F33D4" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>eikt aptaujas, lai iegūtu atgriezenisko saiti par apmierinātību ar saņemto pakalpojumu, kā arī informēt par pakalpojumu kvalitātes uzlabojumiem.</w:t>
       </w:r>
-      <w:r w:rsidR="00132D39" w:rsidRPr="00CB408E">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00132D39" w:rsidRPr="00F56E81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="5BFB357A" w14:textId="77777777" w:rsidR="009229CB" w:rsidRPr="00397EAB" w:rsidRDefault="009229CB" w:rsidP="00845B8B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="069354CE" w14:textId="77777777" w:rsidR="003B33CB" w:rsidRDefault="003B33CB" w:rsidP="00984DF2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1778"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2358"/>
+        <w:gridCol w:w="1768"/>
+        <w:gridCol w:w="3749"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="2325"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008A57D2" w14:paraId="41031481" w14:textId="77777777" w:rsidTr="008A6F0A">
+      <w:tr w:rsidR="00CF5300" w14:paraId="41031481" w14:textId="77777777" w:rsidTr="008A6F0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A1624DE" w14:textId="77777777" w:rsidR="008A57D2" w:rsidRPr="009229CB" w:rsidRDefault="008A57D2" w:rsidP="002C5C67">
+          <w:p w14:paraId="6A1624DE" w14:textId="77777777" w:rsidR="008A57D2" w:rsidRPr="009229CB" w:rsidRDefault="00E5758A" w:rsidP="002C5C67">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009229CB">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Vārds, uzvārds</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6E9145F7" w14:textId="58F26378" w:rsidR="008A57D2" w:rsidRDefault="008A57D2" w:rsidP="002C5C67"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56361575" w14:textId="7BE271BE" w:rsidR="008A57D2" w:rsidRPr="009229CB" w:rsidRDefault="008A57D2" w:rsidP="002C5C67">
+          <w:p w14:paraId="56361575" w14:textId="531F7164" w:rsidR="008A57D2" w:rsidRPr="009229CB" w:rsidRDefault="00E5758A" w:rsidP="002C5C67">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009229CB">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Paraksts</w:t>
+            </w:r>
+            <w:r w:rsidR="00F56E81">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="73E205BD" w14:textId="77777777" w:rsidR="008A57D2" w:rsidRDefault="008A57D2" w:rsidP="002C5C67"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2E36619F" w14:textId="4B98F258" w:rsidR="008A57D2" w:rsidRPr="00B55C6F" w:rsidRDefault="008A57D2" w:rsidP="00984DF2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="4466"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C2134" w14:paraId="42E29DF7" w14:textId="77777777" w:rsidTr="00B55C6F">
+      <w:tr w:rsidR="00CF5300" w14:paraId="42E29DF7" w14:textId="77777777" w:rsidTr="00B55C6F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47E6F9E6" w14:textId="1324A84B" w:rsidR="005C2134" w:rsidRPr="009229CB" w:rsidRDefault="005C2134" w:rsidP="00C40BE3">
+          <w:p w14:paraId="47E6F9E6" w14:textId="1324A84B" w:rsidR="005C2134" w:rsidRPr="009229CB" w:rsidRDefault="00E5758A" w:rsidP="00C40BE3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Datums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4466" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="030DC8F2" w14:textId="48E2E788" w:rsidR="005C2134" w:rsidRPr="0091542D" w:rsidRDefault="005C2134" w:rsidP="00C40BE3"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4902AB81" w14:textId="185B4548" w:rsidR="009C5B52" w:rsidRDefault="009C5B52" w:rsidP="006C6608">
-[...4 lines deleted...]
-          <w:szCs w:val="8"/>
+    <w:p w14:paraId="4902AB81" w14:textId="185B4548" w:rsidR="009C5B52" w:rsidRPr="0029157F" w:rsidRDefault="009C5B52" w:rsidP="006C6608">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="009C5B52" w:rsidSect="000112DA">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+    <w:p w14:paraId="61DE90B0" w14:textId="1564AE55" w:rsidR="00F56E81" w:rsidRPr="0029157F" w:rsidRDefault="00E5758A" w:rsidP="00F56E81">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029157F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Piezīme. *Dokumenta rekvizītu “paraksts” neaizpilda, ja elektroniskais dokuments ir sagatavots atbilstoši normatīvajiem aktiem par elektronisko dokumentu noformēšanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="287C3FBD" w14:textId="21A213CE" w:rsidR="00F56E81" w:rsidRPr="00F56E81" w:rsidRDefault="00F56E81" w:rsidP="00F56E81">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00F56E81" w:rsidRPr="00F56E81" w:rsidSect="000112DA">
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="624" w:left="1701" w:header="720" w:footer="266" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1AA4F034" w14:textId="77777777" w:rsidR="00801A83" w:rsidRDefault="00801A83" w:rsidP="00015CF3">
+    <w:p w14:paraId="11ABFB3E" w14:textId="77777777" w:rsidR="00E5758A" w:rsidRDefault="00E5758A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="407D74F4" w14:textId="77777777" w:rsidR="00801A83" w:rsidRDefault="00801A83" w:rsidP="00015CF3">
+    <w:p w14:paraId="55678AD4" w14:textId="77777777" w:rsidR="00E5758A" w:rsidRDefault="00E5758A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1760,236 +1807,186 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5CC2E2BF" w14:textId="77777777" w:rsidR="00015CF3" w:rsidRDefault="00015CF3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3B819613" w14:textId="77777777" w:rsidR="00015CF3" w:rsidRDefault="00015CF3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4AF3B5A0" w14:textId="77777777" w:rsidR="00801A83" w:rsidRDefault="00801A83" w:rsidP="00015CF3">
+    <w:p w14:paraId="29E8A942" w14:textId="77777777" w:rsidR="00E5758A" w:rsidRDefault="00E5758A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4093B141" w14:textId="77777777" w:rsidR="00801A83" w:rsidRDefault="00801A83" w:rsidP="00015CF3">
+    <w:p w14:paraId="0A4EDD69" w14:textId="77777777" w:rsidR="00E5758A" w:rsidRDefault="00E5758A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...20 lines deleted...]
-  <w:p w14:paraId="32744AE5" w14:textId="512CB719" w:rsidR="007F4DCB" w:rsidRPr="007F4DCB" w:rsidRDefault="007F4DCB" w:rsidP="007F4DCB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="32744AE5" w14:textId="512CB719" w:rsidR="007F4DCB" w:rsidRPr="007F4DCB" w:rsidRDefault="00E5758A" w:rsidP="007F4DCB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007F4DCB">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Pielikums</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3B791917" w14:textId="5BB0C0FB" w:rsidR="007F4DCB" w:rsidRPr="007F4DCB" w:rsidRDefault="007F4DCB" w:rsidP="007F4DCB">
+  <w:p w14:paraId="3B791917" w14:textId="5BB0C0FB" w:rsidR="007F4DCB" w:rsidRPr="007F4DCB" w:rsidRDefault="00E5758A" w:rsidP="007F4DCB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007F4DCB">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Valsts augu aizsardzības dienesta</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="26E840D7" w14:textId="6F45219C" w:rsidR="007F4DCB" w:rsidRPr="007F4DCB" w:rsidRDefault="00EC2542" w:rsidP="007F4DCB">
+  <w:p w14:paraId="35488319" w14:textId="15960C7C" w:rsidR="007F4DCB" w:rsidRPr="00F56E81" w:rsidRDefault="00E5758A" w:rsidP="00F56E81">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
+        <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>10</w:t>
+      <w:t>09.12.2025</w:t>
     </w:r>
-    <w:r w:rsidR="007F4DCB" w:rsidRPr="007F4DCB">
+    <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidR="00F34D54">
+    <w:r w:rsidRPr="007F4DCB">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>06</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="007F4DCB" w:rsidRPr="007F4DCB">
+    <w:r w:rsidR="00CE662E">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">.2020. </w:t>
+      <w:t>iekšējiem noteikumiem</w:t>
     </w:r>
-    <w:r w:rsidR="007F4DCB">
+    <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>instrukcija</w:t>
+      <w:t xml:space="preserve"> Nr.</w:t>
     </w:r>
-    <w:r w:rsidR="00B05F25">
+    <w:r w:rsidR="00EC2542">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>i</w:t>
+      <w:t> </w:t>
     </w:r>
-    <w:r w:rsidR="007F4DCB">
-      <w:rPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Nr.</w:t>
+      <w:t>38</w:t>
     </w:r>
-    <w:r>
-[...10 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10971245"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3CD41686"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="420"/>
       </w:pPr>
@@ -2072,865 +2069,884 @@
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12A9015B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="875661DE"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:lvl w:ilvl="0" w:tplc="E948190E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="8A3490B2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="7BC81116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="D9BCBCD4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="9DB6D330" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="7BFE3600" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="E4901F9E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75D61132" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="2E329594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FC84FB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2EBC604C"/>
-    <w:lvl w:ilvl="0" w:tplc="2D2EA238">
+    <w:lvl w:ilvl="0" w:tplc="88F6A67A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003">
+    <w:lvl w:ilvl="1" w:tplc="421C8792">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="528054D4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="BFB2B810" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="F76CA420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="066CB11E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="720830DE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="165C25BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="C6286C7E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A042D67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0FDCD5CA"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:lvl w:ilvl="0" w:tplc="ACC6A7F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="EC5ACDB0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="6218CCFA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="2CECC7B4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="E348C6E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78D61780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="C8F4BE46" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31003658" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53D47998" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D160B98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EFF890B6"/>
-    <w:lvl w:ilvl="0" w:tplc="2D2EA238">
+    <w:lvl w:ilvl="0" w:tplc="161EFDB4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="674A048C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="DEA620FA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97CCDF18" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="246A496E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="965CDF20" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="6C64C848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="2D5694A2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="A974530E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="550B5DA7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="155E1A4C"/>
-    <w:lvl w:ilvl="0" w:tplc="0409000F">
+    <w:lvl w:ilvl="0" w:tplc="C518E048">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="ECE0F91E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="9F24B982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="1EB44BEA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="AB08FAFC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="4632792E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="61E862F8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46CC747C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25127F52" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="457333353">
+  <w:num w:numId="1" w16cid:durableId="1303315377">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="126166013">
+  <w:num w:numId="2" w16cid:durableId="703334847">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="843395582">
+  <w:num w:numId="3" w16cid:durableId="1259173414">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="667246912">
+  <w:num w:numId="4" w16cid:durableId="1147429751">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1026642013">
+  <w:num w:numId="5" w16cid:durableId="166485405">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="814226073">
+  <w:num w:numId="6" w16cid:durableId="1609124074">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00984DF2"/>
     <w:rsid w:val="00006B90"/>
     <w:rsid w:val="000112DA"/>
     <w:rsid w:val="00015CF3"/>
     <w:rsid w:val="00021802"/>
     <w:rsid w:val="000278CA"/>
+    <w:rsid w:val="00030CA6"/>
     <w:rsid w:val="000363D0"/>
     <w:rsid w:val="00063598"/>
     <w:rsid w:val="00080BCF"/>
     <w:rsid w:val="000A4732"/>
     <w:rsid w:val="000B2614"/>
     <w:rsid w:val="000C2425"/>
     <w:rsid w:val="000E1CD8"/>
     <w:rsid w:val="000F2995"/>
     <w:rsid w:val="0011028D"/>
     <w:rsid w:val="0011059F"/>
     <w:rsid w:val="00132D39"/>
     <w:rsid w:val="00135636"/>
+    <w:rsid w:val="00146248"/>
     <w:rsid w:val="001469B4"/>
     <w:rsid w:val="001963A9"/>
     <w:rsid w:val="001A77C7"/>
     <w:rsid w:val="001B094F"/>
     <w:rsid w:val="001F179A"/>
     <w:rsid w:val="001F6216"/>
+    <w:rsid w:val="00200564"/>
     <w:rsid w:val="00216692"/>
     <w:rsid w:val="00232DB5"/>
     <w:rsid w:val="00243502"/>
     <w:rsid w:val="00245B83"/>
     <w:rsid w:val="00251F78"/>
     <w:rsid w:val="002525CE"/>
     <w:rsid w:val="00263682"/>
+    <w:rsid w:val="0029157F"/>
     <w:rsid w:val="002A1DEA"/>
     <w:rsid w:val="002A1FCA"/>
     <w:rsid w:val="002B0EB0"/>
+    <w:rsid w:val="002C5C67"/>
     <w:rsid w:val="002C7B78"/>
     <w:rsid w:val="002D3114"/>
     <w:rsid w:val="002D6567"/>
     <w:rsid w:val="002F286E"/>
     <w:rsid w:val="00305553"/>
     <w:rsid w:val="00307F7B"/>
     <w:rsid w:val="003214E3"/>
     <w:rsid w:val="0032383E"/>
     <w:rsid w:val="0032705E"/>
     <w:rsid w:val="00351873"/>
     <w:rsid w:val="0035335E"/>
     <w:rsid w:val="00385556"/>
     <w:rsid w:val="00397EAB"/>
     <w:rsid w:val="003B024C"/>
     <w:rsid w:val="003B33CB"/>
     <w:rsid w:val="003D4BA0"/>
     <w:rsid w:val="003D7682"/>
     <w:rsid w:val="003E2A70"/>
     <w:rsid w:val="004023F5"/>
     <w:rsid w:val="00404A1C"/>
+    <w:rsid w:val="00410B37"/>
     <w:rsid w:val="004123D4"/>
     <w:rsid w:val="00424AEF"/>
     <w:rsid w:val="004276E5"/>
     <w:rsid w:val="00445A10"/>
     <w:rsid w:val="00462AFC"/>
     <w:rsid w:val="00463BFC"/>
     <w:rsid w:val="004B65C3"/>
     <w:rsid w:val="004C6A54"/>
     <w:rsid w:val="005148B7"/>
     <w:rsid w:val="005214E7"/>
     <w:rsid w:val="00527ADB"/>
     <w:rsid w:val="005350A0"/>
     <w:rsid w:val="00535701"/>
     <w:rsid w:val="00555035"/>
+    <w:rsid w:val="00557CAF"/>
     <w:rsid w:val="0058597A"/>
     <w:rsid w:val="005926C2"/>
     <w:rsid w:val="005B78DA"/>
     <w:rsid w:val="005C2134"/>
     <w:rsid w:val="005D2A49"/>
     <w:rsid w:val="005D5646"/>
     <w:rsid w:val="005F33D4"/>
     <w:rsid w:val="00603B65"/>
     <w:rsid w:val="0065506B"/>
     <w:rsid w:val="00667A4C"/>
     <w:rsid w:val="00671483"/>
     <w:rsid w:val="00680C45"/>
     <w:rsid w:val="006B3C07"/>
     <w:rsid w:val="006C468E"/>
     <w:rsid w:val="006C6608"/>
     <w:rsid w:val="006C7456"/>
     <w:rsid w:val="006F157D"/>
     <w:rsid w:val="006F1D44"/>
     <w:rsid w:val="006F4A6A"/>
     <w:rsid w:val="00700C0C"/>
     <w:rsid w:val="0070307E"/>
     <w:rsid w:val="00720AB5"/>
     <w:rsid w:val="00772046"/>
     <w:rsid w:val="00776B93"/>
     <w:rsid w:val="0078412C"/>
+    <w:rsid w:val="00792034"/>
     <w:rsid w:val="00793463"/>
+    <w:rsid w:val="00794EEE"/>
     <w:rsid w:val="007A3061"/>
     <w:rsid w:val="007B3A91"/>
+    <w:rsid w:val="007C77E9"/>
     <w:rsid w:val="007F4DCB"/>
     <w:rsid w:val="007F63F9"/>
     <w:rsid w:val="008014BD"/>
-    <w:rsid w:val="00801A83"/>
     <w:rsid w:val="00845B8B"/>
+    <w:rsid w:val="00853291"/>
+    <w:rsid w:val="008542BF"/>
     <w:rsid w:val="0086530B"/>
     <w:rsid w:val="00892D28"/>
     <w:rsid w:val="008A57D2"/>
     <w:rsid w:val="008A64FA"/>
     <w:rsid w:val="008A6F0A"/>
     <w:rsid w:val="008B731C"/>
     <w:rsid w:val="0090155F"/>
     <w:rsid w:val="0091542D"/>
     <w:rsid w:val="009229CB"/>
     <w:rsid w:val="00930FC4"/>
     <w:rsid w:val="00931565"/>
     <w:rsid w:val="009454CA"/>
     <w:rsid w:val="00984BBF"/>
     <w:rsid w:val="00984DF2"/>
     <w:rsid w:val="00990B56"/>
     <w:rsid w:val="00997FE1"/>
     <w:rsid w:val="009C5B52"/>
     <w:rsid w:val="009D0346"/>
     <w:rsid w:val="009E786F"/>
     <w:rsid w:val="009F7114"/>
     <w:rsid w:val="00A12239"/>
     <w:rsid w:val="00A125C3"/>
     <w:rsid w:val="00A21E52"/>
     <w:rsid w:val="00A32C7D"/>
     <w:rsid w:val="00AC31A4"/>
     <w:rsid w:val="00AE517C"/>
     <w:rsid w:val="00B05F25"/>
+    <w:rsid w:val="00B06810"/>
     <w:rsid w:val="00B0775A"/>
     <w:rsid w:val="00B20710"/>
     <w:rsid w:val="00B24C7B"/>
+    <w:rsid w:val="00B25ADE"/>
     <w:rsid w:val="00B2769D"/>
     <w:rsid w:val="00B50CFC"/>
     <w:rsid w:val="00B54087"/>
     <w:rsid w:val="00B55C6F"/>
     <w:rsid w:val="00B55E34"/>
+    <w:rsid w:val="00B67915"/>
     <w:rsid w:val="00B86090"/>
     <w:rsid w:val="00B947B6"/>
     <w:rsid w:val="00BB33F7"/>
     <w:rsid w:val="00BD2A24"/>
     <w:rsid w:val="00BE2B08"/>
     <w:rsid w:val="00C10A6B"/>
+    <w:rsid w:val="00C40BE3"/>
     <w:rsid w:val="00C412E3"/>
     <w:rsid w:val="00C4176E"/>
     <w:rsid w:val="00C8484B"/>
     <w:rsid w:val="00C96336"/>
     <w:rsid w:val="00C9799C"/>
     <w:rsid w:val="00CB408E"/>
     <w:rsid w:val="00CB6D82"/>
     <w:rsid w:val="00CD2B38"/>
     <w:rsid w:val="00CE0F42"/>
+    <w:rsid w:val="00CE20D2"/>
+    <w:rsid w:val="00CE662E"/>
+    <w:rsid w:val="00CF5300"/>
     <w:rsid w:val="00D07787"/>
     <w:rsid w:val="00D14F00"/>
-    <w:rsid w:val="00D33778"/>
     <w:rsid w:val="00D33801"/>
     <w:rsid w:val="00D47D34"/>
     <w:rsid w:val="00D62246"/>
     <w:rsid w:val="00D67E78"/>
     <w:rsid w:val="00D7583B"/>
     <w:rsid w:val="00D75E22"/>
     <w:rsid w:val="00D76FA1"/>
     <w:rsid w:val="00D91C40"/>
     <w:rsid w:val="00D95564"/>
     <w:rsid w:val="00DA0D23"/>
+    <w:rsid w:val="00DB6870"/>
     <w:rsid w:val="00DB6D3F"/>
     <w:rsid w:val="00DE2BEF"/>
     <w:rsid w:val="00DF344F"/>
     <w:rsid w:val="00E47EAA"/>
     <w:rsid w:val="00E54A70"/>
+    <w:rsid w:val="00E5758A"/>
     <w:rsid w:val="00E80053"/>
     <w:rsid w:val="00EA6A6B"/>
+    <w:rsid w:val="00EA794D"/>
     <w:rsid w:val="00EB083D"/>
     <w:rsid w:val="00EC2542"/>
     <w:rsid w:val="00EC296D"/>
     <w:rsid w:val="00EE5B31"/>
+    <w:rsid w:val="00EE6B56"/>
     <w:rsid w:val="00F042CA"/>
     <w:rsid w:val="00F05516"/>
     <w:rsid w:val="00F12B2E"/>
     <w:rsid w:val="00F15E71"/>
     <w:rsid w:val="00F17968"/>
     <w:rsid w:val="00F22C25"/>
     <w:rsid w:val="00F24CE2"/>
     <w:rsid w:val="00F25CCF"/>
     <w:rsid w:val="00F34D54"/>
     <w:rsid w:val="00F43E56"/>
     <w:rsid w:val="00F53BC3"/>
     <w:rsid w:val="00F55024"/>
+    <w:rsid w:val="00F56E81"/>
     <w:rsid w:val="00F8041C"/>
     <w:rsid w:val="00F9059B"/>
     <w:rsid w:val="00F94C2B"/>
     <w:rsid w:val="00F9793B"/>
     <w:rsid w:val="00FB06D6"/>
     <w:rsid w:val="00FC0453"/>
     <w:rsid w:val="00FC096A"/>
     <w:rsid w:val="00FC6101"/>
     <w:rsid w:val="00FC7E27"/>
     <w:rsid w:val="00FD3431"/>
     <w:rsid w:val="00FE6544"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="477CAEF1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{ABC21BF4-07B5-4204-B068-5B1DC601FB09}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3521,73 +3537,58 @@
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00021802"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0070307E"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://klients.vaad.gov.lv" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://klients.vaad.gov.lv" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3862,70 +3863,74 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A658689-7EA7-481D-8121-1B10151CFC9F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>328</Words>
-  <Characters>1874</Characters>
+  <Words>1622</Words>
+  <Characters>926</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>7</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Nosaukums</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2198</CharactersWithSpaces>
+  <CharactersWithSpaces>2543</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:subject/>
   <dc:creator>Ina Karlivane</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>