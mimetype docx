--- v0 (2025-12-24)
+++ v1 (2026-02-04)
@@ -7,75 +7,76 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
+        <w:gridCol w:w="4536"/>
         <w:gridCol w:w="4820"/>
-        <w:gridCol w:w="4536"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA7223" w14:paraId="5093044B" w14:textId="77777777" w:rsidTr="006E1498">
+      <w:tr w:rsidR="00DA7223" w14:paraId="5093044B" w14:textId="77777777" w:rsidTr="008831BD">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50EC5DB4" w14:textId="77777777" w:rsidR="00A059C5" w:rsidRPr="00DE1398" w:rsidRDefault="00E1176F" w:rsidP="00257BCD">
+          <w:p w14:paraId="50EC5DB4" w14:textId="53E58D40" w:rsidR="00A059C5" w:rsidRPr="00DE1398" w:rsidRDefault="00E1176F" w:rsidP="008831BD">
             <w:pPr>
               <w:pStyle w:val="Galva"/>
               <w:widowControl w:val="0"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk519169538"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dienesta</w:t>
             </w:r>
             <w:r w:rsidRPr="00DE1398">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> līguma </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DE1398">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -88,159 +89,136 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00DE1398">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nr. </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1526187868"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00DE1398">
+                <w:r w:rsidR="00AE69BB">
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>______________________</w:t>
+                  <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16D3A5F9" w14:textId="77777777" w:rsidR="00A059C5" w:rsidRPr="00DE1398" w:rsidRDefault="00E1176F" w:rsidP="006E1498">
+          <w:p w14:paraId="16D3A5F9" w14:textId="2868B149" w:rsidR="00A059C5" w:rsidRPr="00DE1398" w:rsidRDefault="00E1176F" w:rsidP="006E1498">
             <w:pPr>
               <w:pStyle w:val="Galva"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE1398">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Klienta līguma </w:t>
+              <w:t>Klienta līguma reģ</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00DE1398" w:rsidRPr="00DE1398">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00DE1398">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nr. </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1841796672"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00DE1398">
+                <w:r w:rsidR="00AE69BB">
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>________________</w:t>
-[...13 lines deleted...]
-                  <w:t>_</w:t>
+                  <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="33188BFC" w14:textId="0BEDD845" w:rsidR="00A059C5" w:rsidRPr="00494FCC" w:rsidRDefault="00A059C5" w:rsidP="00257BCD">
       <w:pPr>
         <w:pStyle w:val="Galva"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="4FBF1B1D" w14:textId="77777777" w:rsidR="00257BCD" w:rsidRPr="00E373A2" w:rsidRDefault="00E1176F" w:rsidP="00A059C5">
       <w:pPr>
-        <w:pStyle w:val="Heading9"/>
+        <w:pStyle w:val="Virsraksts9"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E373A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Līgums par </w:t>
       </w:r>
       <w:r w:rsidRPr="00E373A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -285,347 +263,347 @@
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:bCs/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00494FCC">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:bCs/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>____.____.20____.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="049DCE17" w14:textId="77777777" w:rsidR="005A15C7" w:rsidRDefault="005A15C7" w:rsidP="00257BCD">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Emphasis"/>
+          <w:rStyle w:val="Izclums"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34F80340" w14:textId="77777777" w:rsidR="00257BCD" w:rsidRPr="004154D2" w:rsidRDefault="00E1176F" w:rsidP="00257B3A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
-          <w:rStyle w:val="Emphasis"/>
+          <w:rStyle w:val="Izclums"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Valsts augu aizsardzības dienests</w:t>
       </w:r>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
-          <w:rStyle w:val="Emphasis"/>
+          <w:rStyle w:val="Izclums"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> tā </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rStyle w:val="Emphasis"/>
+            <w:rStyle w:val="Izclums"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:i w:val="0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1228184073"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
-            <w:rStyle w:val="Emphasis"/>
+            <w:rStyle w:val="Izclums"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="000161A8" w:rsidRPr="004154D2">
             <w:rPr>
-              <w:rStyle w:val="Emphasis"/>
+              <w:rStyle w:val="Izclums"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:i w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>_________</w:t>
           </w:r>
           <w:r w:rsidR="00257B3A" w:rsidRPr="004154D2">
             <w:rPr>
-              <w:rStyle w:val="Emphasis"/>
+              <w:rStyle w:val="Izclums"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:i w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>________</w:t>
           </w:r>
           <w:r w:rsidR="000161A8" w:rsidRPr="004154D2">
             <w:rPr>
-              <w:rStyle w:val="Emphasis"/>
+              <w:rStyle w:val="Izclums"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:i w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>_______________</w:t>
           </w:r>
           <w:r w:rsidR="000D460F">
             <w:rPr>
-              <w:rStyle w:val="Emphasis"/>
+              <w:rStyle w:val="Izclums"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:i w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>_______</w:t>
           </w:r>
           <w:r w:rsidR="000161A8" w:rsidRPr="004154D2">
             <w:rPr>
-              <w:rStyle w:val="Emphasis"/>
+              <w:rStyle w:val="Izclums"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:i w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>_______________</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
-          <w:rStyle w:val="Emphasis"/>
+          <w:rStyle w:val="Izclums"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rStyle w:val="Emphasis"/>
+            <w:rStyle w:val="Izclums"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:i w:val="0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="20796981"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
-            <w:rStyle w:val="Emphasis"/>
+            <w:rStyle w:val="Izclums"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="000161A8" w:rsidRPr="004154D2">
             <w:rPr>
-              <w:rStyle w:val="Emphasis"/>
+              <w:rStyle w:val="Izclums"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:i w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>_____________________________________</w:t>
           </w:r>
           <w:r w:rsidR="00FA4750" w:rsidRPr="004154D2">
             <w:rPr>
-              <w:rStyle w:val="Emphasis"/>
+              <w:rStyle w:val="Izclums"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:i w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>___</w:t>
           </w:r>
           <w:r w:rsidR="00FE627C" w:rsidRPr="004154D2">
             <w:rPr>
-              <w:rStyle w:val="Emphasis"/>
+              <w:rStyle w:val="Izclums"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:i w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>__________________</w:t>
           </w:r>
           <w:r w:rsidR="00FA4750" w:rsidRPr="004154D2">
             <w:rPr>
-              <w:rStyle w:val="Emphasis"/>
+              <w:rStyle w:val="Izclums"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:i w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>__</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000161A8" w:rsidRPr="004154D2">
         <w:rPr>
-          <w:rStyle w:val="Emphasis"/>
+          <w:rStyle w:val="Izclums"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
-          <w:rStyle w:val="Emphasis"/>
+          <w:rStyle w:val="Izclums"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>personā, k</w:t>
       </w:r>
       <w:r w:rsidR="000161A8" w:rsidRPr="004154D2">
         <w:rPr>
-          <w:rStyle w:val="Emphasis"/>
+          <w:rStyle w:val="Izclums"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
-          <w:rStyle w:val="Emphasis"/>
+          <w:rStyle w:val="Izclums"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F01D46" w:rsidRPr="004154D2">
         <w:rPr>
-          <w:rStyle w:val="Emphasis"/>
+          <w:rStyle w:val="Izclums"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rīkojas</w:t>
       </w:r>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
-          <w:rStyle w:val="Emphasis"/>
+          <w:rStyle w:val="Izclums"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> saskaņā ar </w:t>
       </w:r>
       <w:r w:rsidR="000161A8" w:rsidRPr="004154D2">
         <w:rPr>
-          <w:rStyle w:val="Emphasis"/>
+          <w:rStyle w:val="Izclums"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Valsts augu aizsardzības dienesta </w:t>
       </w:r>
       <w:r w:rsidR="00DB7178" w:rsidRPr="004154D2">
         <w:rPr>
-          <w:rStyle w:val="Emphasis"/>
+          <w:rStyle w:val="Izclums"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>10.12.2025</w:t>
       </w:r>
       <w:r w:rsidR="00DB7178" w:rsidRPr="004154D2">
         <w:rPr>
-          <w:rStyle w:val="Emphasis"/>
+          <w:rStyle w:val="Izclums"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000161A8" w:rsidRPr="004154D2">
         <w:rPr>
-          <w:rStyle w:val="Emphasis"/>
+          <w:rStyle w:val="Izclums"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> rīkojumu Nr.</w:t>
       </w:r>
       <w:r w:rsidR="00BE4235" w:rsidRPr="004154D2">
         <w:rPr>
-          <w:rStyle w:val="Emphasis"/>
+          <w:rStyle w:val="Izclums"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00DB7178" w:rsidRPr="004154D2">
         <w:rPr>
-          <w:rStyle w:val="Emphasis"/>
+          <w:rStyle w:val="Izclums"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>129</w:t>
       </w:r>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">turpmāk – </w:t>
       </w:r>
@@ -652,51 +630,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, no vienas puses, un </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29A17F40" w14:textId="77777777" w:rsidR="00257B3A" w:rsidRPr="004154D2" w:rsidRDefault="00257B3A" w:rsidP="00257B3A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1549"/>
         <w:gridCol w:w="6850"/>
         <w:gridCol w:w="956"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DA7223" w14:paraId="6ED592D5" w14:textId="77777777" w:rsidTr="00F01D46">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
@@ -856,67 +834,57 @@
             </w:r>
             <w:r w:rsidR="00FD72F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">zņēmuma reģistrācijas Nr. / </w:t>
             </w:r>
             <w:r w:rsidR="00C817BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">fiziskas personas </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>personas</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> kods)</w:t>
+              <w:t>personas kods)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA7223" w14:paraId="0108F99B" w14:textId="77777777" w:rsidTr="00581363">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="954021360"/>
             <w:placeholder>
               <w:docPart w:val="6E10DF88C5114A8788AD056BA273CAE9"/>
             </w:placeholder>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="8505" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
@@ -1450,190 +1418,230 @@
       <w:r w:rsidR="006E449A" w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sagatavo </w:t>
       </w:r>
       <w:r w:rsidR="00FF2C97" w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rēķina informāciju </w:t>
       </w:r>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Klientam.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E9780E0" w14:textId="77777777" w:rsidR="00257BCD" w:rsidRPr="004154D2" w:rsidRDefault="00E1176F" w:rsidP="00257BCD">
+    <w:p w14:paraId="2E9780E0" w14:textId="13AABC9D" w:rsidR="00257BCD" w:rsidRPr="004154D2" w:rsidRDefault="00E1176F" w:rsidP="00257BCD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2.3. </w:t>
       </w:r>
       <w:r w:rsidR="006E449A" w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Valsts kases Vienotais pakalpojumu centrs  </w:t>
+        <w:t xml:space="preserve">Valsts kases Vienotais pakalpojumu centrs </w:t>
       </w:r>
       <w:r w:rsidR="00FF2C97" w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pēc rēķina informācijas saņemšanas ģenerē rēķinu grāmatvedības programmā un </w:t>
       </w:r>
       <w:r w:rsidR="006E449A" w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>saskaņā ar Grāmatvedības likuma 11.</w:t>
       </w:r>
       <w:r w:rsidR="009D0A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="006E449A" w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">panta četrpadsmito daļu </w:t>
       </w:r>
+      <w:r w:rsidR="00DB7178" w:rsidRPr="004154D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:r w:rsidR="006E449A" w:rsidRPr="004154D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sūta strukturētu elektronisko rēķinu (</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00DB7178" w:rsidRPr="004154D2">
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidR="006E449A" w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>sūta</w:t>
+        <w:t>xml</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006E449A" w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> strukturētu elektronisko rēķinu (</w:t>
+        <w:t xml:space="preserve"> formātā) uz </w:t>
+      </w:r>
+      <w:r w:rsidR="00317E31" w:rsidRPr="00AE69BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">īpaši izveidotu Klienta oficiālās e-adreses </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00317E31" w:rsidRPr="00AE69BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>apakšadresi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00317E31" w:rsidRPr="00AE69BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> strukturēto elektronisko rēķinu saņemšanai, vai, ja tādas nav – uz Klienta </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB7178" w:rsidRPr="00AE69BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oficiālo </w:t>
+      </w:r>
+      <w:r w:rsidR="006E449A" w:rsidRPr="00AE69BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e-adre</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2270A" w:rsidRPr="00AE69BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:r w:rsidR="00317E31" w:rsidRPr="00AE69BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. J</w:t>
+      </w:r>
+      <w:r w:rsidR="006E449A" w:rsidRPr="00AE69BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00317E31" w:rsidRPr="00AE69BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Klientam nav oficiālās e-adreses</w:t>
+      </w:r>
+      <w:r w:rsidR="006E449A" w:rsidRPr="00AE69BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidR="006E449A" w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>xml</w:t>
-[...48 lines deleted...]
-        <w:t xml:space="preserve">vai ja tādas nav, rēķinu </w:t>
+        <w:t xml:space="preserve"> rēķinu </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006E449A" w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nosūta</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006E449A" w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003C161F" w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1644,51 +1652,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> formātā </w:t>
       </w:r>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>uz Klienta norādīto elektroniskā pasta adresi:</w:t>
       </w:r>
       <w:r w:rsidR="008C6D73" w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9345"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DA7223" w14:paraId="4C41DA6C" w14:textId="77777777" w:rsidTr="00B14F2A">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="928850937"/>
@@ -1807,59 +1815,51 @@
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3. Atbildība</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6498628F" w14:textId="77777777" w:rsidR="00257BCD" w:rsidRPr="0022706D" w:rsidRDefault="00E1176F" w:rsidP="00014B9A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0022706D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">3.1. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Par rēķina samaksas termiņa nokavējumu Klients maksā </w:t>
+        <w:t xml:space="preserve">3.1. Par rēķina samaksas termiņa nokavējumu Klients maksā </w:t>
       </w:r>
       <w:r w:rsidR="00494FCC" w:rsidRPr="0022706D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nokavējuma procentus</w:t>
       </w:r>
       <w:r w:rsidRPr="0022706D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0,5</w:t>
       </w:r>
       <w:r w:rsidR="00B22B90" w:rsidRPr="0022706D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -1897,111 +1897,83 @@
         </w:rPr>
         <w:t>Maksājumu s</w:t>
       </w:r>
       <w:r w:rsidRPr="0022706D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>avlaicīg</w:t>
       </w:r>
       <w:r w:rsidR="00494FCC" w:rsidRPr="0022706D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="0022706D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> neveikšanas gadījumā Dienestam ir tiesības informāciju par Klienta saistību nepildīšanu publicēt vai nodot publicēšanai </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> neveikšanas gadījumā Dienestam ir tiesības informāciju par Klienta saistību nepildīšanu publicēt vai nodot publicēšanai kredītinformācij</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB7178" w:rsidRPr="0022706D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
       <w:r w:rsidRPr="0022706D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>kredītinformācij</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> un maksājumu parādsaistību informācijas reģistros, ne mazāk kā </w:t>
+      </w:r>
+      <w:r w:rsidR="00031317" w:rsidRPr="0022706D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>10 dienas</w:t>
+      </w:r>
       <w:r w:rsidRPr="0022706D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> un maksājumu parādsaistību informācijas reģistros, ne mazāk kā </w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> brīdinot Klientu.</w:t>
+        <w:t xml:space="preserve"> iepriekš par to rakstveidā brīdinot Klientu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AC56A6A" w14:textId="77777777" w:rsidR="00494FCC" w:rsidRPr="0022706D" w:rsidRDefault="00E1176F" w:rsidP="00494FCC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0022706D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.3. Parakstot līgumu, Klients piekrīt, ka Dienests saņem un sniedz ziņas par Klienta saistībām, kuru izpildes termiņš ir nokavēts, licencētam parādu piedziņas uzņēmumam, kas savukārt normatīvajos aktos noteiktā kārtībā ir tiesīgs padarīt pieejamu iesniedzamo informāciju trešajām personām, lai izvērtētu Klienta spēju izpildīt maksājuma saistības.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72902744" w14:textId="77777777" w:rsidR="00257BCD" w:rsidRPr="004154D2" w:rsidRDefault="00257BCD" w:rsidP="00257BCD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -2229,67 +2201,57 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Visas domstarpības un strīdus Puses risina sarunu ceļā, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0014675E" w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>rakstveidā</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> fiksējot </w:t>
+        <w:t xml:space="preserve">rakstveidā fiksējot </w:t>
       </w:r>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sarunu rezultātus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49B318F9" w14:textId="77777777" w:rsidR="00257BCD" w:rsidRPr="004154D2" w:rsidRDefault="00E1176F" w:rsidP="00257BCD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2462,61 +2424,51 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6.2. </w:t>
       </w:r>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Pusēm ir tiesības apstrādāt no otras puses iegūtos fizisko personu datus, kā arī līguma izpildes ietvaros iegūtos fizisko personu datus tikai ar mērķi nodrošināt līgumā noteikto saistību izpildi, ievērojot normatīvajos aktos noteiktās prasības šādu datu apstrādei un aizsardzībai, tajā skaitā Eiropas Parlamenta un Padomes Regulas (ES) 2016/679 par fizisku personu aizsardzību attiecībā uz personas datu apstrādi un šādu datu brīvu apriti un ar ko atceļ Direktīvu 95/46/EK (Vispārīgā datu aizsardzības regula) pr</w:t>
-[...9 lines deleted...]
-        <w:t>asības</w:t>
+        <w:t>Pusēm ir tiesības apstrādāt no otras puses iegūtos fizisko personu datus, kā arī līguma izpildes ietvaros iegūtos fizisko personu datus tikai ar mērķi nodrošināt līgumā noteikto saistību izpildi, ievērojot normatīvajos aktos noteiktās prasības šādu datu apstrādei un aizsardzībai, tajā skaitā Eiropas Parlamenta un Padomes Regulas (ES) 2016/679 par fizisku personu aizsardzību attiecībā uz personas datu apstrādi un šādu datu brīvu apriti un ar ko atceļ Direktīvu 95/46/EK (Vispārīgā datu aizsardzības regula) prasības</w:t>
       </w:r>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00D81D1F" w14:textId="77777777" w:rsidR="00257BCD" w:rsidRPr="004154D2" w:rsidRDefault="00E1176F" w:rsidP="00257BCD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2875,69 +2827,51 @@
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> līguma </w:t>
       </w:r>
       <w:r w:rsidR="002A0199" w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>grozījumi</w:t>
       </w:r>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vai papildinājumi tiek noformēti </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> vai papildinājumi tiek noformēti rakstveidā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7332B95E" w14:textId="77777777" w:rsidR="00257BCD" w:rsidRPr="004154D2" w:rsidRDefault="00E1176F" w:rsidP="00257BCD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7.3. Ja atsevišķi šā līguma nosacījumi nonāk pretrunā ar normatīvo aktu nosacījumiem, pārējie līguma nosacījumi paliek spēkā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BFE40B5" w14:textId="77777777" w:rsidR="00257BCD" w:rsidRPr="004154D2" w:rsidRDefault="00E1176F" w:rsidP="00257BCD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -3018,51 +2952,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>divām lapām.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D394C03" w14:textId="77777777" w:rsidR="00C72815" w:rsidRPr="004154D2" w:rsidRDefault="00E1176F" w:rsidP="00B22B90">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004154D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7.6. Klients pilnvaro savā vārdā iesniegt un saņemt normatīvajos aktos paredzētos dokumentus par</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="4111"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DA7223" w14:paraId="597DDA2E" w14:textId="77777777" w:rsidTr="004154D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A25D153" w14:textId="77777777" w:rsidR="00C72815" w:rsidRPr="004154D2" w:rsidRDefault="00E1176F" w:rsidP="00B22B90">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -3257,51 +3191,51 @@
             <w:r w:rsidRPr="004154D2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(vārds, uzvārds, e-pasta adrese)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1B8A9371" w14:textId="77777777" w:rsidR="00497EE3" w:rsidRPr="000D460F" w:rsidRDefault="00497EE3" w:rsidP="00497EE3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6663"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="2410"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DA7223" w14:paraId="248E5DD7" w14:textId="77777777" w:rsidTr="00B86BE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6663" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E472447" w14:textId="77777777" w:rsidR="00497EE3" w:rsidRPr="0022706D" w:rsidRDefault="00E1176F" w:rsidP="00BC7578">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -3807,129 +3741,93 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lielvārdes iela 36, Rīga, LV-1006</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36B52AAA" w14:textId="77777777" w:rsidR="005A79BE" w:rsidRPr="004154D2" w:rsidRDefault="00E1176F" w:rsidP="005B7484">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:ind w:right="26"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004154D2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nodokļu maksātāja </w:t>
-[...17 lines deleted...]
-              <w:t>. Nr. 90000042982</w:t>
+              <w:t>Nodokļu maksātāja reģ. Nr. 90000042982</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F32882F" w14:textId="77777777" w:rsidR="005A79BE" w:rsidRPr="004154D2" w:rsidRDefault="00E1176F" w:rsidP="005B7484">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:ind w:right="26"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004154D2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">PVN </w:t>
-[...17 lines deleted...]
-              <w:t>. Nr. LV90000042982</w:t>
+              <w:t>PVN reģ. Nr. LV90000042982</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="309F5768" w14:textId="77777777" w:rsidR="005A79BE" w:rsidRPr="004154D2" w:rsidRDefault="00E1176F" w:rsidP="005B7484">
             <w:pPr>
-              <w:pStyle w:val="Footer"/>
+              <w:pStyle w:val="Kjene"/>
               <w:ind w:right="26"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004154D2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Valsts kase</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BE8EC92" w14:textId="77777777" w:rsidR="005A79BE" w:rsidRPr="004154D2" w:rsidRDefault="00E1176F" w:rsidP="005B7484">
             <w:pPr>
-              <w:pStyle w:val="Footer"/>
+              <w:pStyle w:val="Kjene"/>
               <w:ind w:right="26"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004154D2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Konta Nr. </w:t>
             </w:r>
             <w:r w:rsidRPr="004154D2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="da-DK"/>
               </w:rPr>
               <w:t>LV47TREL2160320005000</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61C89B4B" w14:textId="77777777" w:rsidR="005A79BE" w:rsidRPr="004154D2" w:rsidRDefault="005A79BE" w:rsidP="005B7484">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
@@ -4303,77 +4201,77 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="09511F51" w14:textId="77777777" w:rsidR="005A79BE" w:rsidRDefault="005A79BE" w:rsidP="005B7484">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:before="300"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5042" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="082B0B72" w14:textId="77777777" w:rsidR="005A79BE" w:rsidRPr="004154D2" w:rsidRDefault="00E1176F" w:rsidP="00D51694">
+          <w:p w14:paraId="082B0B72" w14:textId="77777777" w:rsidR="005A79BE" w:rsidRPr="004154D2" w:rsidRDefault="00B755A1" w:rsidP="00D51694">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="238180095"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="004154D2">
+                <w:r w:rsidR="00E1176F" w:rsidRPr="004154D2">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Bankas nosaukums</w:t>
                 </w:r>
                 <w:r w:rsidR="00FD72F1" w:rsidRPr="004154D2">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve">: </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA7223" w14:paraId="413222EB" w14:textId="77777777" w:rsidTr="005A79BE">
         <w:trPr>
           <w:trHeight w:val="276"/>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -5008,146 +4906,150 @@
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="x9FWIomMY8n57NHfarvhrMkWdABio1rBhzjxuKxIno7DwrHc++6mCTzobgs3p+K64MQ9ndFh0UxmSmn2WVi6Tw==" w:salt="pBFRBMSYhPPq9FBYhJN9gg=="/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="edzg2X/PWXhtR5WGeFq+x8ZdT0N+y99bwgNjihDwQ8dBlnSAW2MOa5sdI3qk+ZFIRk57hZnl53jY+EYXEraeqw==" w:salt="7SGeU72CtFP/m7Dfeeud0g=="/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00257BCD"/>
     <w:rsid w:val="000018A4"/>
     <w:rsid w:val="00003CE2"/>
     <w:rsid w:val="00007BC7"/>
     <w:rsid w:val="00010462"/>
     <w:rsid w:val="000110FF"/>
     <w:rsid w:val="00014B9A"/>
     <w:rsid w:val="000161A8"/>
     <w:rsid w:val="00031317"/>
     <w:rsid w:val="00033245"/>
     <w:rsid w:val="00036BE7"/>
     <w:rsid w:val="00042D20"/>
     <w:rsid w:val="000911E6"/>
     <w:rsid w:val="00092A9F"/>
     <w:rsid w:val="000A0905"/>
     <w:rsid w:val="000A5B88"/>
     <w:rsid w:val="000B3965"/>
     <w:rsid w:val="000D460F"/>
     <w:rsid w:val="000E06CE"/>
     <w:rsid w:val="000F2D56"/>
     <w:rsid w:val="001020F0"/>
     <w:rsid w:val="00125282"/>
     <w:rsid w:val="00134F53"/>
+    <w:rsid w:val="001408EA"/>
     <w:rsid w:val="0014675E"/>
     <w:rsid w:val="0015376A"/>
     <w:rsid w:val="00160B53"/>
     <w:rsid w:val="00163F54"/>
     <w:rsid w:val="00175E5E"/>
     <w:rsid w:val="00181228"/>
     <w:rsid w:val="001A6820"/>
     <w:rsid w:val="001B0B2D"/>
     <w:rsid w:val="001B78EE"/>
     <w:rsid w:val="001C4037"/>
     <w:rsid w:val="001E3716"/>
     <w:rsid w:val="001E5DAF"/>
     <w:rsid w:val="001F179A"/>
     <w:rsid w:val="001F46BF"/>
     <w:rsid w:val="002022DE"/>
     <w:rsid w:val="0020417D"/>
     <w:rsid w:val="00210B13"/>
     <w:rsid w:val="00216423"/>
     <w:rsid w:val="002202C4"/>
     <w:rsid w:val="0022706D"/>
     <w:rsid w:val="00227B04"/>
     <w:rsid w:val="00231579"/>
     <w:rsid w:val="002324DB"/>
     <w:rsid w:val="00242A3D"/>
     <w:rsid w:val="0024477C"/>
     <w:rsid w:val="00257B3A"/>
     <w:rsid w:val="00257BCD"/>
     <w:rsid w:val="00275A62"/>
     <w:rsid w:val="00296D8B"/>
     <w:rsid w:val="002A0199"/>
+    <w:rsid w:val="002A0CF3"/>
     <w:rsid w:val="002B21B1"/>
     <w:rsid w:val="002B6437"/>
     <w:rsid w:val="002C19DE"/>
     <w:rsid w:val="002D5FD7"/>
+    <w:rsid w:val="00317E31"/>
     <w:rsid w:val="0032383E"/>
     <w:rsid w:val="00326DF3"/>
     <w:rsid w:val="00335FFF"/>
     <w:rsid w:val="00337CDB"/>
     <w:rsid w:val="00344F33"/>
     <w:rsid w:val="00350DC8"/>
     <w:rsid w:val="003648B6"/>
     <w:rsid w:val="00376835"/>
     <w:rsid w:val="0038419E"/>
     <w:rsid w:val="00396063"/>
     <w:rsid w:val="003B6A5D"/>
     <w:rsid w:val="003C161F"/>
     <w:rsid w:val="003D2C1A"/>
     <w:rsid w:val="003F6A10"/>
     <w:rsid w:val="0040301C"/>
     <w:rsid w:val="0040450D"/>
     <w:rsid w:val="004154D2"/>
     <w:rsid w:val="00423561"/>
     <w:rsid w:val="00425650"/>
     <w:rsid w:val="00447DD9"/>
     <w:rsid w:val="004517FC"/>
     <w:rsid w:val="00453106"/>
     <w:rsid w:val="00453384"/>
+    <w:rsid w:val="004538B9"/>
     <w:rsid w:val="0046142B"/>
     <w:rsid w:val="00464400"/>
     <w:rsid w:val="00472D05"/>
     <w:rsid w:val="0047646C"/>
     <w:rsid w:val="00481023"/>
     <w:rsid w:val="00494FCC"/>
     <w:rsid w:val="00497EE3"/>
     <w:rsid w:val="004A3F09"/>
     <w:rsid w:val="004B546F"/>
     <w:rsid w:val="004C0557"/>
     <w:rsid w:val="004D5DEA"/>
     <w:rsid w:val="00525160"/>
     <w:rsid w:val="00546680"/>
     <w:rsid w:val="00574C6F"/>
     <w:rsid w:val="0057542D"/>
     <w:rsid w:val="00577F2F"/>
     <w:rsid w:val="00581363"/>
     <w:rsid w:val="005937CA"/>
     <w:rsid w:val="005A15C7"/>
     <w:rsid w:val="005A676D"/>
     <w:rsid w:val="005A7619"/>
     <w:rsid w:val="005A79BE"/>
     <w:rsid w:val="005B7484"/>
     <w:rsid w:val="005C2955"/>
     <w:rsid w:val="005D453F"/>
@@ -5167,107 +5069,110 @@
     <w:rsid w:val="006E01E5"/>
     <w:rsid w:val="006E0F93"/>
     <w:rsid w:val="006E1498"/>
     <w:rsid w:val="006E29E0"/>
     <w:rsid w:val="006E3619"/>
     <w:rsid w:val="006E449A"/>
     <w:rsid w:val="006E7A0C"/>
     <w:rsid w:val="006F3477"/>
     <w:rsid w:val="00717E9C"/>
     <w:rsid w:val="007327CB"/>
     <w:rsid w:val="00741FF3"/>
     <w:rsid w:val="00777762"/>
     <w:rsid w:val="0078610C"/>
     <w:rsid w:val="00793DE3"/>
     <w:rsid w:val="00794294"/>
     <w:rsid w:val="007A0E68"/>
     <w:rsid w:val="007D4DD5"/>
     <w:rsid w:val="00810218"/>
     <w:rsid w:val="008206D5"/>
     <w:rsid w:val="00833EE1"/>
     <w:rsid w:val="00842B27"/>
     <w:rsid w:val="0084781B"/>
     <w:rsid w:val="00852BD9"/>
     <w:rsid w:val="00865C79"/>
     <w:rsid w:val="00873A46"/>
+    <w:rsid w:val="008831BD"/>
     <w:rsid w:val="008931F0"/>
     <w:rsid w:val="008A3518"/>
     <w:rsid w:val="008A3D78"/>
     <w:rsid w:val="008B2B87"/>
     <w:rsid w:val="008C2DC9"/>
     <w:rsid w:val="008C6D73"/>
     <w:rsid w:val="008D0DDF"/>
     <w:rsid w:val="008E3CEB"/>
     <w:rsid w:val="008E516F"/>
     <w:rsid w:val="008F0CDC"/>
     <w:rsid w:val="008F10EC"/>
     <w:rsid w:val="008F55E5"/>
     <w:rsid w:val="008F6BEF"/>
     <w:rsid w:val="00914446"/>
     <w:rsid w:val="00944B27"/>
     <w:rsid w:val="0094790B"/>
     <w:rsid w:val="00970358"/>
     <w:rsid w:val="00995EA8"/>
     <w:rsid w:val="009A2F15"/>
     <w:rsid w:val="009C05B4"/>
     <w:rsid w:val="009D0A14"/>
     <w:rsid w:val="009D6ADE"/>
     <w:rsid w:val="009F10AB"/>
     <w:rsid w:val="00A03C4A"/>
     <w:rsid w:val="00A059C5"/>
     <w:rsid w:val="00A230B4"/>
     <w:rsid w:val="00A571FB"/>
     <w:rsid w:val="00A607D0"/>
     <w:rsid w:val="00A734C8"/>
     <w:rsid w:val="00A7478B"/>
     <w:rsid w:val="00A80755"/>
     <w:rsid w:val="00A95FF0"/>
     <w:rsid w:val="00AB183B"/>
     <w:rsid w:val="00AC0EBD"/>
     <w:rsid w:val="00AC3CDF"/>
     <w:rsid w:val="00AC5852"/>
     <w:rsid w:val="00AC7CE5"/>
     <w:rsid w:val="00AE1B08"/>
     <w:rsid w:val="00AE5039"/>
     <w:rsid w:val="00AE6229"/>
+    <w:rsid w:val="00AE69BB"/>
     <w:rsid w:val="00AF6DA3"/>
     <w:rsid w:val="00AF7576"/>
     <w:rsid w:val="00B13191"/>
     <w:rsid w:val="00B14F2A"/>
     <w:rsid w:val="00B22B90"/>
     <w:rsid w:val="00B25ADE"/>
     <w:rsid w:val="00B27A7A"/>
     <w:rsid w:val="00B50DD3"/>
     <w:rsid w:val="00B60FC0"/>
     <w:rsid w:val="00B64429"/>
     <w:rsid w:val="00B75EEF"/>
     <w:rsid w:val="00B86BE8"/>
     <w:rsid w:val="00B87433"/>
     <w:rsid w:val="00B90F6C"/>
     <w:rsid w:val="00BA1B8A"/>
     <w:rsid w:val="00BA2E20"/>
     <w:rsid w:val="00BA5A7A"/>
+    <w:rsid w:val="00BB3285"/>
     <w:rsid w:val="00BC0974"/>
     <w:rsid w:val="00BC3113"/>
     <w:rsid w:val="00BC7578"/>
     <w:rsid w:val="00BE4235"/>
     <w:rsid w:val="00BF5D17"/>
     <w:rsid w:val="00C11C06"/>
     <w:rsid w:val="00C15A86"/>
     <w:rsid w:val="00C2270A"/>
     <w:rsid w:val="00C313ED"/>
     <w:rsid w:val="00C400A2"/>
     <w:rsid w:val="00C412E3"/>
     <w:rsid w:val="00C5304F"/>
     <w:rsid w:val="00C6648D"/>
     <w:rsid w:val="00C72815"/>
     <w:rsid w:val="00C75F08"/>
     <w:rsid w:val="00C817BC"/>
     <w:rsid w:val="00CA5EA5"/>
     <w:rsid w:val="00CE20D2"/>
     <w:rsid w:val="00CE750E"/>
     <w:rsid w:val="00CF6562"/>
     <w:rsid w:val="00CF6FFF"/>
     <w:rsid w:val="00D51694"/>
     <w:rsid w:val="00D827E6"/>
     <w:rsid w:val="00DA7223"/>
     <w:rsid w:val="00DB7178"/>
@@ -5704,545 +5609,545 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00257BCD"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Dutch TL" w:eastAsia="Times New Roman" w:hAnsi="Dutch TL"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading9">
+  <w:style w:type="paragraph" w:styleId="Virsraksts9">
     <w:name w:val="heading 9"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading9Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts9Rakstz"/>
     <w:qFormat/>
     <w:rsid w:val="00257BCD"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts9Rakstz">
+    <w:name w:val="Virsraksts 9 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts9"/>
     <w:rsid w:val="00257BCD"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="GalveneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00257BCD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
+    <w:name w:val="Galvene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Galvene"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00257BCD"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:snapToGrid w:val="0"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Emphasis">
+  <w:style w:type="character" w:styleId="Izclums">
     <w:name w:val="Emphasis"/>
     <w:qFormat/>
     <w:rsid w:val="00257BCD"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Galva">
     <w:name w:val="Galva"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00257BCD"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
     <w:name w:val="Standard"/>
     <w:rsid w:val="00257BCD"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:jc w:val="left"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Dutch TL" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Dutch TL" w:cs="Mangal"/>
       <w:kern w:val="3"/>
       <w:sz w:val="28"/>
       <w:lang w:val="lv-LV" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Standard"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="KjeneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00257BCD"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
+    <w:name w:val="Kājene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Kjene"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00257BCD"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Lucida Sans Unicode" w:cs="Mangal"/>
       <w:kern w:val="3"/>
       <w:sz w:val="20"/>
       <w:lang w:val="lv-LV" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Stils14ptTreknraksts">
     <w:name w:val="Stils 14 pt Treknraksts"/>
     <w:rsid w:val="00257BCD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Reatabula">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Parastatabula"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00A059C5"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Vietturateksts">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A059C5"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Other">
     <w:name w:val="Other_"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Other0"/>
     <w:rsid w:val="00833EE1"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Other0">
     <w:name w:val="Other"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:link w:val="Other"/>
     <w:rsid w:val="00833EE1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:ind w:firstLine="20"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
+  <w:style w:type="paragraph" w:styleId="Prskatjums">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006721E9"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Dutch TL" w:eastAsia="Times New Roman" w:hAnsi="Dutch TL"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Komentraatsauce">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00447DD9"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Komentrateksts">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KomentratekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00447DD9"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
+    <w:name w:val="Komentāra teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Komentrateksts"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00447DD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Dutch TL" w:eastAsia="Times New Roman" w:hAnsi="Dutch TL"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Komentratma">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+    <w:basedOn w:val="Komentrateksts"/>
+    <w:next w:val="Komentrateksts"/>
+    <w:link w:val="KomentratmaRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00447DD9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratmaRakstz">
+    <w:name w:val="Komentāra tēma Rakstz."/>
+    <w:basedOn w:val="KomentratekstsRakstz"/>
+    <w:link w:val="Komentratma"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00447DD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Dutch TL" w:eastAsia="Times New Roman" w:hAnsi="Dutch TL"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004C0557"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="Neatrisintapieminana">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004C0557"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BB747406-40A4-43E5-A7D9-C9730E7AC21B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00F3579F" w:rsidRDefault="00DA6458">
           <w:r w:rsidRPr="00B87433">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Vietturateksts"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6E10DF88C5114A8788AD056BA273CAE9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A6C2F3DB-793A-4B5D-961F-0FA94C09D7D6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A571FB" w:rsidRDefault="00DA6458" w:rsidP="00AC3CDF">
           <w:pPr>
             <w:pStyle w:val="6E10DF88C5114A8788AD056BA273CAE9"/>
           </w:pPr>
           <w:r w:rsidRPr="00B87433">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Vietturateksts"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8B860D0E820B48658634C7CD5FBBC970"/>
         <w:category>
           <w:name w:val="Vispārīgi"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4FDF0213-7D8F-48B5-B5CC-B01BC6F917B8}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00C400A2" w:rsidRDefault="00DA6458" w:rsidP="00C400A2">
           <w:pPr>
             <w:pStyle w:val="8B860D0E820B48658634C7CD5FBBC970"/>
           </w:pPr>
           <w:r w:rsidRPr="00B87433">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Vietturateksts"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AF6875124CFA41F59D0F261D7B2823AB"/>
         <w:category>
           <w:name w:val="Vispārīgi"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9813D5D4-B5AC-4E31-9C9D-8E86A255C831}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="006E3619" w:rsidRDefault="00DA6458" w:rsidP="006E3619">
           <w:pPr>
             <w:pStyle w:val="AF6875124CFA41F59D0F261D7B2823AB"/>
           </w:pPr>
           <w:r w:rsidRPr="00B87433">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Vietturateksts"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FA967CE2346F48EBAD1068EAFE55588B"/>
         <w:category>
           <w:name w:val="Vispārīgi"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{90BFB784-892D-46F4-88EF-838FD039FE5E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="006E3619" w:rsidRDefault="00DA6458" w:rsidP="006E3619">
           <w:pPr>
             <w:pStyle w:val="FA967CE2346F48EBAD1068EAFE55588B"/>
           </w:pPr>
           <w:r w:rsidRPr="00B87433">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Vietturateksts"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -6294,57 +6199,61 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00983991"/>
     <w:rsid w:val="00092A9F"/>
     <w:rsid w:val="000A5B88"/>
+    <w:rsid w:val="001408EA"/>
     <w:rsid w:val="00181228"/>
     <w:rsid w:val="002022DE"/>
+    <w:rsid w:val="002A0CF3"/>
     <w:rsid w:val="0040301C"/>
     <w:rsid w:val="00557968"/>
     <w:rsid w:val="00577F2F"/>
+    <w:rsid w:val="00695232"/>
     <w:rsid w:val="006E29E0"/>
     <w:rsid w:val="006E3619"/>
+    <w:rsid w:val="00740F12"/>
     <w:rsid w:val="008931F0"/>
     <w:rsid w:val="00983991"/>
     <w:rsid w:val="00995EA8"/>
     <w:rsid w:val="00996DF6"/>
     <w:rsid w:val="009C05B4"/>
     <w:rsid w:val="00A571FB"/>
     <w:rsid w:val="00A866E3"/>
     <w:rsid w:val="00AC3CDF"/>
     <w:rsid w:val="00AE6229"/>
     <w:rsid w:val="00B25ADE"/>
     <w:rsid w:val="00B40911"/>
     <w:rsid w:val="00BC0974"/>
     <w:rsid w:val="00C400A2"/>
     <w:rsid w:val="00C75F08"/>
     <w:rsid w:val="00CD3AB8"/>
     <w:rsid w:val="00CE20D2"/>
     <w:rsid w:val="00D61B39"/>
     <w:rsid w:val="00DA6458"/>
     <w:rsid w:val="00F3579F"/>
     <w:rsid w:val="00FA0B50"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -6738,84 +6647,84 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Vietturateksts">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006E3619"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6E10DF88C5114A8788AD056BA273CAE9">
     <w:name w:val="6E10DF88C5114A8788AD056BA273CAE9"/>
     <w:rsid w:val="00AC3CDF"/>
     <w:rPr>
       <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8B860D0E820B48658634C7CD5FBBC970">
     <w:name w:val="8B860D0E820B48658634C7CD5FBBC970"/>
     <w:rsid w:val="00C400A2"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
@@ -7154,73 +7063,73 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C1B94F2-0C6E-4ED4-BEB5-553B24A84377}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>4473</Words>
-  <Characters>2551</Characters>
+  <Words>4538</Words>
+  <Characters>2587</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7010</CharactersWithSpaces>
+  <CharactersWithSpaces>7111</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ina Karlivane</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>